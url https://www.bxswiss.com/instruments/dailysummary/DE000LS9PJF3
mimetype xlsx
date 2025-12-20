--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1bfecdf98424335" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b98cabf7d114a31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R912bc88c59874cea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91bba3e4703648d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a49d26aae004be0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R912bc88c59874cea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ea68e7180124dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91bba3e4703648d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Versorger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>109,522</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>