--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b98cabf7d114a31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R588f73fa49f34703" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91bba3e4703648d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d97d316db4840d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ea68e7180124dbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91bba3e4703648d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc2fe0c2763648e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d97d316db4840d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Versorger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>103,458</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,618</x:t>
-        </x:is>
-[...273 lines deleted...]
-          <x:t>102,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>