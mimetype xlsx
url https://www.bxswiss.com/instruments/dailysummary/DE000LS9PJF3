--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R588f73fa49f34703" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R482a953bd0d24f94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d97d316db4840d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b98994f5cea47ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc2fe0c2763648e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d97d316db4840d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4d1a1efdb394f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b98994f5cea47ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Versorger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,641</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>