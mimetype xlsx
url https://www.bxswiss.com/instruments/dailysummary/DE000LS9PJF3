--- v3 (2026-01-12)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R482a953bd0d24f94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f6c45d773ae4cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b98994f5cea47ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e04f239c4b4011"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4d1a1efdb394f60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b98994f5cea47ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33bf04b8fba143c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e04f239c4b4011" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Versorger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>102,618</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>