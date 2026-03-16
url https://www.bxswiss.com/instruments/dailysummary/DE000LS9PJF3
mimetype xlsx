--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f6c45d773ae4cf1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46bd691ee13546ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e04f239c4b4011"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72827be60a9c43a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33bf04b8fba143c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e04f239c4b4011" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b4c40330184ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72827be60a9c43a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Versorger</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,484</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>