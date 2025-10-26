--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e83b577ada64a8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5aa5f3200684cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c8916c3332640b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60169cfdbd054d97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7089a098ba344648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c8916c3332640b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdb0fd7cc65445e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60169cfdbd054d97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Timing Model</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,766</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>