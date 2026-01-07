--- v1 (2025-10-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5aa5f3200684cf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra925da64646b46a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60169cfdbd054d97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d1211f9485e43e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdb0fd7cc65445e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60169cfdbd054d97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb4190a645e44df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d1211f9485e43e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Timing Model</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,437 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>141,715</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>