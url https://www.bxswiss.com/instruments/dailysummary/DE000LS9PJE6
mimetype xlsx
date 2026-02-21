--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra925da64646b46a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebd30eb324c24c32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d1211f9485e43e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87e69358d9e54ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb4190a645e44df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d1211f9485e43e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84b3a0121b4a4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87e69358d9e54ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Timing Model</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,437 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>153,648</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>