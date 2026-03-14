--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebd30eb324c24c32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fb8d30f76dc41bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87e69358d9e54ff9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R303ef2939e6b4923"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84b3a0121b4a4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87e69358d9e54ff9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf20628ffd8ee4fcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R303ef2939e6b4923" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Timing Model</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,066</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>