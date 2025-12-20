--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7692fd04cfa548d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34d98f9f87584946" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c73523f566347c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e0e2560cdb48f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1b56835ba984a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c73523f566347c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004fffe6dcad4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e0e2560cdb48f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum US-Aktien - Large Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,868</x:t>
-[...129 lines deleted...]
-          <x:t>100,979</x:t>
+          <x:t>100,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,806</x:t>
-[...156 lines deleted...]
-          <x:t>100,399</x:t>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,508</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>99,819</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>