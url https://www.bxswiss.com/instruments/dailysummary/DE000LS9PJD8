--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34d98f9f87584946" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R723d671e255c4280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3e0e2560cdb48f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1d0b18810f4b6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004fffe6dcad4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3e0e2560cdb48f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra163808b22e94f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1d0b18810f4b6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum US-Aktien - Large Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>100,338</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,174</x:t>
-[...556 lines deleted...]
-          <x:t>100,508</x:t>
+          <x:t>100,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,420</x:t>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>