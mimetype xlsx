--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R723d671e255c4280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21badeaebb00489b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1d0b18810f4b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1dc83dbd11c4ad7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra163808b22e94f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1d0b18810f4b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b2eb321730f4eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1dc83dbd11c4ad7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum US-Aktien - Large Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>100,391</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>