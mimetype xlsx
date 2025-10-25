--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R131a2e2c784f4058" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca4164a098224737" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R841a64b34fa44d8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5236b63bbd414041"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabd21330642b4790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R841a64b34fa44d8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7219ca70f5774006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5236b63bbd414041" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic Renko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,184</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>