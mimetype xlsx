--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca4164a098224737" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8570f0a5ab2e44a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5236b63bbd414041"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcd072bd3bf54e42"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7219ca70f5774006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5236b63bbd414041" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44d65a02fe6e4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcd072bd3bf54e42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic Renko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>82,878</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>