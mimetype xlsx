--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8570f0a5ab2e44a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82a8763b0e9a495a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcd072bd3bf54e42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820cdd97be87408a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44d65a02fe6e4d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcd072bd3bf54e42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7924edffbbb84d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820cdd97be87408a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic Renko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,722</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>