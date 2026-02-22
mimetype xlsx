--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82a8763b0e9a495a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb57ffab712849c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820cdd97be87408a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dc180ae4773465a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7924edffbbb84d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820cdd97be87408a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re38c64c87fc64b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dc180ae4773465a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic Renko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>78,872</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>