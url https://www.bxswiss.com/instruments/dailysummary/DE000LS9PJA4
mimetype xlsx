--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb57ffab712849c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c644b07951a43b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1dc180ae4773465a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb46fe39b454f2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re38c64c87fc64b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1dc180ae4773465a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1037072eb85748df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb46fe39b454f2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Harmonic Renko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PJA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>