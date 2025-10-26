--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb5da248f848454c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra98d20c1443941a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6101394ba1884de1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c159e593f04811"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra49171698ce04017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6101394ba1884de1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383a1ffde1b24d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c159e593f04811" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Angels Share</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>146,406</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,451</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...474 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,071</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,377</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>