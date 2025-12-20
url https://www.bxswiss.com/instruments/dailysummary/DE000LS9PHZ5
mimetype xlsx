--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra98d20c1443941a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8027556ab20b403a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c159e593f04811"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499435d0f65e4061"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383a1ffde1b24d56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c159e593f04811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18a2ac27dab74ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499435d0f65e4061" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Angels Share</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>148,468</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>