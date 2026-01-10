--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8027556ab20b403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91384889b8054f0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499435d0f65e4061"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29568af317f341f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18a2ac27dab74ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499435d0f65e4061" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94860b9498994278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29568af317f341f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Angels Share</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>