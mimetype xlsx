--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91384889b8054f0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e1690319c94807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29568af317f341f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcada045fdf764bb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94860b9498994278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29568af317f341f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d1da90c50348b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcada045fdf764bb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Angels Share</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>157,448</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>