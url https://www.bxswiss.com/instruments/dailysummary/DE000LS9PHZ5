--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25e1690319c94807" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7dff8d2c4994fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcada045fdf764bb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfedce388476d4e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d1da90c50348b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcada045fdf764bb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd41346d5ebbe4ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfedce388476d4e56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Angels Share</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>