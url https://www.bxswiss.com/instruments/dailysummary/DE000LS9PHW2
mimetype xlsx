--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad6589f213cd45de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85b33b3cebd846d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b857d2ff53e4aac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86fb5fb76a474f08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3438fd609ccb4d9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b857d2ff53e4aac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9d7345f6b22424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86fb5fb76a474f08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten DE und US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>147,148</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,113</x:t>
-[...544 lines deleted...]
-          <x:t>148,469</x:t>
+          <x:t>146,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>