--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85b33b3cebd846d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6743682ed6914c98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86fb5fb76a474f08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0275869352e4a35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9d7345f6b22424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86fb5fb76a474f08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1403ec2dfcf3469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0275869352e4a35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten DE und US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,254</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>