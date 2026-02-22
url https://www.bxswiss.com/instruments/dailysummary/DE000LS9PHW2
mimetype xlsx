--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6743682ed6914c98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48d95fabeed547fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0275869352e4a35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2385abeecb6a40c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1403ec2dfcf3469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0275869352e4a35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cf098842cb0424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2385abeecb6a40c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten DE und US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>154,372</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,739</x:t>
-[...350 lines deleted...]
-          <x:t>154,700</x:t>
+          <x:t>152,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>