--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48d95fabeed547fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ec6fb4aaa174478" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2385abeecb6a40c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R620f88424e594ae5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cf098842cb0424d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2385abeecb6a40c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb68f7f712a1745c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R620f88424e594ae5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaristokraten DE und US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>