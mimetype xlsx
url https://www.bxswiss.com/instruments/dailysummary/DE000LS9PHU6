--- v0 (2025-10-03)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4245f3e3d84483e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcfd264bc825436c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re26fc13970a44c13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f2ce276442429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1561385e864c4711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re26fc13970a44c13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8e2216ac5bf4ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f2ce276442429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neue Dt. Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,705</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>