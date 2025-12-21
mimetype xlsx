--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcfd264bc825436c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f5a428c4ca64771" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0f2ce276442429d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R797c86ac24d64446"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8e2216ac5bf4ffb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0f2ce276442429d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a52cd774fd4082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R797c86ac24d64446" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neue Dt. Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>69,610</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>