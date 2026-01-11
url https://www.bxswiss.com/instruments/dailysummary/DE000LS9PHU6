--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f5a428c4ca64771" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red788e35434e4081" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R797c86ac24d64446"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a99320cb464429"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a52cd774fd4082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R797c86ac24d64446" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbba130c4e4444777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a99320cb464429" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neue Dt. Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>