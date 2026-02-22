--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red788e35434e4081" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R584fc6772100497d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1a99320cb464429"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae95d14bf914e72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbba130c4e4444777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1a99320cb464429" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b45fae9b3164f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae95d14bf914e72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neue Dt. Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,217</x:t>
-[...333 lines deleted...]
-          <x:t>84,809</x:t>
+          <x:t>77,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>