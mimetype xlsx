--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R584fc6772100497d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1091f97f6d4e4428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae95d14bf914e72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raad5f576b5b04a7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b45fae9b3164f3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae95d14bf914e72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra37c5114cec44fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raad5f576b5b04a7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neue Dt. Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHU6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>