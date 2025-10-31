--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R997e970d400a42df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4fb8a7ad2ad41db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2f302154b514947"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e1c83cf9934e5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b211111ce2c423b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2f302154b514947" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a04bfacbdb9467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e1c83cf9934e5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erfolg durch Aristokratie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,746</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>