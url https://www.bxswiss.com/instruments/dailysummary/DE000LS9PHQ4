--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4fb8a7ad2ad41db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb87065da87a24a8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e1c83cf9934e5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb784001c0b5c420f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a04bfacbdb9467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e1c83cf9934e5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5566624f02149b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb784001c0b5c420f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erfolg durch Aristokratie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...566 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,028</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>174,297</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>