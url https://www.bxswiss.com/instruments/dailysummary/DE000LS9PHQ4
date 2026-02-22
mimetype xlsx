--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb87065da87a24a8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbd752c4dc50494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb784001c0b5c420f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1eb10767e774277"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5566624f02149b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb784001c0b5c420f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb95d50d4544147ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1eb10767e774277" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erfolg durch Aristokratie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>175,974</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,158</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>178,574</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>