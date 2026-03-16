--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbd752c4dc50494a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d2fcd158e704658" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1eb10767e774277"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R455e198648234142"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb95d50d4544147ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1eb10767e774277" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf73291576fa343aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R455e198648234142" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Erfolg durch Aristokratie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,294</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>