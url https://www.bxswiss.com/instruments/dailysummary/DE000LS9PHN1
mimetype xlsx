--- v0 (2025-10-07)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf55fe56a98a04757" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd0bbe008f914085" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91fab29c57804fcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee8830428ec4ead"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e2b9aad1fd54cf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91fab29c57804fcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b77c7db5a8c4da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee8830428ec4ead" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>