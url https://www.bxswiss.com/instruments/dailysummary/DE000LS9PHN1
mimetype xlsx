--- v1 (2025-11-01)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd0bbe008f914085" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4915545c5146493d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee8830428ec4ead"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c7755b705e4ab2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b77c7db5a8c4da8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee8830428ec4ead" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb159ed2ae7be4470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c7755b705e4ab2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>146,101</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>144,007</x:t>
-[...53 lines deleted...]
-          <x:t>140,157</x:t>
+          <x:t>145,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>