--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4915545c5146493d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86fa453c40104f4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c7755b705e4ab2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda36027927c64301"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb159ed2ae7be4470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c7755b705e4ab2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd17094f656e47fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda36027927c64301" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,900</x:t>
-[...90 lines deleted...]
-          <x:t>146,964</x:t>
+          <x:t>137,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>