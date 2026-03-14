--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86fa453c40104f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3455a6b13ce412e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda36027927c64301"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b014fbe25fa4dee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd17094f656e47fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda36027927c64301" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fa16b70f17844a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b014fbe25fa4dee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Sports</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>138,515</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,598</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>149,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>