--- v0 (2025-10-24)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6be8977ae37d48d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4bc2dd2ea0414e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f66b4f5779b4203"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910f88796da04a04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cc5794beb964559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f66b4f5779b4203" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5fa9231b2049b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910f88796da04a04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SAAS B2B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>96,117</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>