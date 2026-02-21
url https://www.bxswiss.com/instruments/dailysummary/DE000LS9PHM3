--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4bc2dd2ea0414e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab1f4cf47b84ae1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910f88796da04a04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ac0ef3cb944a72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5fa9231b2049b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910f88796da04a04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb75df0fd28594e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ac0ef3cb944a72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SAAS B2B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,860</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>