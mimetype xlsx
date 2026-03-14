--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab1f4cf47b84ae1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf1facf0be446be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ac0ef3cb944a72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91d4ace339b24ffc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb75df0fd28594e88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ac0ef3cb944a72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54a2f99005f14fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91d4ace339b24ffc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SAAS B2B</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,996</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>