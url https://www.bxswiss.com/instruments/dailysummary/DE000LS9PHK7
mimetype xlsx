--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2e1bfd2b3f44ef6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R877bdb04168543b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb9f87b94dfd4cf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb486c60cbc44fbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9cce99facf5415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb9f87b94dfd4cf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac9534dc691f4410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb486c60cbc44fbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>90,294</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,261</x:t>
-[...485 lines deleted...]
-          <x:t>90,260</x:t>
+          <x:t>89,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>