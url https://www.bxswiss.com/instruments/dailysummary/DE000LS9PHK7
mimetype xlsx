--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R877bdb04168543b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c0f83bee9b44f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb486c60cbc44fbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4784e108400e4f4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac9534dc691f4410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb486c60cbc44fbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e54cc0d7e3e49ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4784e108400e4f4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,021</x:t>
-[...386 lines deleted...]
-        <x:is>
           <x:t>90,124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,114</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>