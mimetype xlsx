--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c0f83bee9b44f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1d821ec793424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4784e108400e4f4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e7ca1c4d6d34b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e54cc0d7e3e49ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4784e108400e4f4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra66e40d4bc744abb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e7ca1c4d6d34b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte nach Levy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>89,889</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>