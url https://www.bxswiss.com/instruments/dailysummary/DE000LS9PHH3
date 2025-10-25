--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6abfc39535c94fb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31d900179b484f6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb627887061754418"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ad796533994bdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24993ea9b2644700" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb627887061754418" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e9bde03159141a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ad796533994bdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FNI Triple Three Growth Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>150,237</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,203</x:t>
-[...539 lines deleted...]
-          <x:t>146,744</x:t>
+          <x:t>147,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>