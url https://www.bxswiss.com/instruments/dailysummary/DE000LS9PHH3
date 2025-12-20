--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31d900179b484f6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc678da605f34291" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3ad796533994bdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra089aacadb4a44d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e9bde03159141a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3ad796533994bdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc61a6e71115b4c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra089aacadb4a44d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FNI Triple Three Growth Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>149,334</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,889</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>