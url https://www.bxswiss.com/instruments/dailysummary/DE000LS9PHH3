--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc678da605f34291" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137e10bbfa5f49ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra089aacadb4a44d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd09c2439dd43491a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc61a6e71115b4c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra089aacadb4a44d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re72ebfa45b9f4306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd09c2439dd43491a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FNI Triple Three Growth Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>