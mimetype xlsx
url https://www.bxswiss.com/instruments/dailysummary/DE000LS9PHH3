--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R137e10bbfa5f49ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53b76836591432a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd09c2439dd43491a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06f999c893034b6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re72ebfa45b9f4306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd09c2439dd43491a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4eccff1d8314fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06f999c893034b6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FNI Triple Three Growth Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>149,292</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,112</x:t>
-[...377 lines deleted...]
-          <x:t>153,453</x:t>
+          <x:t>148,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>