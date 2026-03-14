--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf53b76836591432a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b48e891ae548a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06f999c893034b6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ab1b0ee06fa4ec0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4eccff1d8314fb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06f999c893034b6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5b6c0d01a93426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ab1b0ee06fa4ec0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FNI Triple Three Growth Shares</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,261</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>