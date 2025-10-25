--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0befd4724ba4abb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R987d692d7f334252" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fcde75580f84544"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf839cfacd0422d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R450d77c018af4489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fcde75580f84544" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fabb4236fcd437a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf839cfacd0422d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertfest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>