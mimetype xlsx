--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R987d692d7f334252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a661be0edbd47fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cf839cfacd0422d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddd438ca17cc4a2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fabb4236fcd437a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cf839cfacd0422d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra84665c92f774c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddd438ca17cc4a2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertfest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>210,606</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>