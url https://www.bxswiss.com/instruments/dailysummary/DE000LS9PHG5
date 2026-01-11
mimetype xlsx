--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a661be0edbd47fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7f1c91f2714c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddd438ca17cc4a2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R300510ee38b147ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra84665c92f774c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddd438ca17cc4a2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a1d15f02dc47ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R300510ee38b147ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertfest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>