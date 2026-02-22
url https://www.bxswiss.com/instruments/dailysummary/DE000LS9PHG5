--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7f1c91f2714c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ebb132813654692" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R300510ee38b147ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0933f54704f4ed4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0a1d15f02dc47ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R300510ee38b147ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aa71d95c21b4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0933f54704f4ed4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertfest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>221,767</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>