--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ebb132813654692" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R953e14a0bd2e4477" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0933f54704f4ed4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29957615fa0a459b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aa71d95c21b4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0933f54704f4ed4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20e51cedde684760" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29957615fa0a459b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wertfest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,018</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>