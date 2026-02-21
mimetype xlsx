--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra990a5988c7e41eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R717c6f0f18cc43f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b4672a1bf624d4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5961fb34c06a41af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b17f9adbbcf4a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b4672a1bf624d4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2751e7f9a84145f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5961fb34c06a41af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Digi-Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>135,815</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>