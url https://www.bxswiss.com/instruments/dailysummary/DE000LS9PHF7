--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R717c6f0f18cc43f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb86d4303dcea4a4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5961fb34c06a41af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ea72c157a34cbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2751e7f9a84145f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5961fb34c06a41af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb904453edd66442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ea72c157a34cbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Digi-Economy</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>