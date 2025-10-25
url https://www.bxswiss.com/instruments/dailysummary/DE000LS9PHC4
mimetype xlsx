--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1630f7373ba49fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f298d837ba4902" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04cb25f69bc14ab4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f7c63f40c0461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ef39ed4c04647ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04cb25f69bc14ab4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17294808feb94320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f7c63f40c0461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Sharpe Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>