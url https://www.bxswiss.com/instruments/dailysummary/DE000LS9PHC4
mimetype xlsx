--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f298d837ba4902" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40dbc73189dc4db6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f7c63f40c0461b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra85a25f6bc214ece"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17294808feb94320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f7c63f40c0461b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd388a809f4344f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra85a25f6bc214ece" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Sharpe Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>68,870</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>