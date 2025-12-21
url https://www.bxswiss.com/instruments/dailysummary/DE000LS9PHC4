--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40dbc73189dc4db6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f0268cafff4414" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra85a25f6bc214ece"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58ac04ed9a3b4899"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd388a809f4344f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra85a25f6bc214ece" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee1f16f14484039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58ac04ed9a3b4899" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Sharpe Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>