--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33f0268cafff4414" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd37dfca692834e3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58ac04ed9a3b4899"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb446d4862f8d4557"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee1f16f14484039" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58ac04ed9a3b4899" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ebc667a19644d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb446d4862f8d4557" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Sharpe Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,594</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>