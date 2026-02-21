--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd37dfca692834e3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f4fa65aff849c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb446d4862f8d4557"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28730bbd508849b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ebc667a19644d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb446d4862f8d4557" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b5a0cfd7e1043b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28730bbd508849b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Sharpe Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>55,060</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,612</x:t>
-[...323 lines deleted...]
-          <x:t>52,801</x:t>
+          <x:t>52,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>