--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f4fa65aff849c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0aae5890b824f53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28730bbd508849b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59619ffc3efb457f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b5a0cfd7e1043b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28730bbd508849b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49583c1fd6d441df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59619ffc3efb457f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EL - Sharpe Ratio</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PHC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,411</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>