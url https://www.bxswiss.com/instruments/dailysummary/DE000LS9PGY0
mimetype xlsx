--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70f7d74aab14941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca04558aaa34f65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R323cd1c9aa8b409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32e0455ca52843af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd18f1c2938744aa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R323cd1c9aa8b409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dbc59c05464a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32e0455ca52843af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PGY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>182,375</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,383</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>184,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,432</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,077</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>