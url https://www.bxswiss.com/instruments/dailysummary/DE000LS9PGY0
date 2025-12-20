--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ca04558aaa34f65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8bac885d5a84a3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32e0455ca52843af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6fd4ca438bd4f52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dbc59c05464a01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32e0455ca52843af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5619583ed1d947bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6fd4ca438bd4f52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PGY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>188,713</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>