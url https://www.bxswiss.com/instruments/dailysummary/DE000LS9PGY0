--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8bac885d5a84a3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb5b38164994812" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6fd4ca438bd4f52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4ba9c6240a4dc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5619583ed1d947bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6fd4ca438bd4f52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eb8b143a3f7474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4ba9c6240a4dc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PGY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>