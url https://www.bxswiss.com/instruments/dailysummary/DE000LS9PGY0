--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb5b38164994812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3518830e93a54325" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4ba9c6240a4dc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028f9e4642e44013"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eb8b143a3f7474a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4ba9c6240a4dc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d21d6f3e43944fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028f9e4642e44013" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PGY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>191,782</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>