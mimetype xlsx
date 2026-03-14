--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3518830e93a54325" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c7cbc81e2ab4149" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R028f9e4642e44013"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a5637d950d4020"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d21d6f3e43944fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R028f9e4642e44013" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc7a2a73402e4575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a5637d950d4020" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Champions Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PGY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,943</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>