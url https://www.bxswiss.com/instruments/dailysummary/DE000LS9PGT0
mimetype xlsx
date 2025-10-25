--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1014f0bdb3f47ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99d3b2d250a24aae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aa149cb28c84723"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21a0dc69099d4a35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R789b1fdc0e9c40b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aa149cb28c84723" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40763d543b314067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21a0dc69099d4a35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PGT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,503</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>