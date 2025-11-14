--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99d3b2d250a24aae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1083f21e1c904304" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21a0dc69099d4a35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53da2b1621c3426c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40763d543b314067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21a0dc69099d4a35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67616687bc064a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53da2b1621c3426c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PGT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>57,002</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,637</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>56,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,463</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,844</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>