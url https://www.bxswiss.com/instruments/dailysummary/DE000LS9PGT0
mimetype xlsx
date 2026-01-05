--- v2 (2025-11-14)
+++ v3 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1083f21e1c904304" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R933587cd69ea41ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53da2b1621c3426c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc14c7554a3064b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67616687bc064a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53da2b1621c3426c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ca06d9edcc1429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc14c7554a3064b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PGT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>52,844</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>