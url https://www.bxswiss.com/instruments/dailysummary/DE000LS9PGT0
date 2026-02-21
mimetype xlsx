--- v3 (2026-01-05)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R933587cd69ea41ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3b1f0783cf64e33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc14c7554a3064b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc1f1a09163044d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ca06d9edcc1429b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc14c7554a3064b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5ffeda94ecf4dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc1f1a09163044d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mobile Payment Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PGT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>56,578</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>