--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redfade2008ba4fc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc345d6d29ed481b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80710fbb25e843eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc514d4cef1cf4a5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb3bc2223704793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80710fbb25e843eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbb76f2809a045b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc514d4cef1cf4a5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend im Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>