--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc345d6d29ed481b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0616e51e3df54c6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc514d4cef1cf4a5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red04b53a8e6947c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbb76f2809a045b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc514d4cef1cf4a5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa7ef35f582942a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red04b53a8e6947c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend im Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,303</x:t>
-[...387 lines deleted...]
-          <x:t>130,947</x:t>
+          <x:t>130,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>