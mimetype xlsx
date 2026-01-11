--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0616e51e3df54c6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03ab3587b6fa435f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red04b53a8e6947c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d3ba6626c584b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa7ef35f582942a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red04b53a8e6947c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9381e36a7504391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d3ba6626c584b4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend im Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,818</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>