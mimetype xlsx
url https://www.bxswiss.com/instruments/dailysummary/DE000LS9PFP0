--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03ab3587b6fa435f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R195b6464d1a74dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d3ba6626c584b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8381fdb2f0424339"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9381e36a7504391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d3ba6626c584b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R201a3ee10f424bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8381fdb2f0424339" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend im Fokus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>129,769</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>