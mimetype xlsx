--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e138bb9b441498b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0411e698c08e4f05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd195399c96934d9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e5f6a7b2f0047b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf445b612f46b46b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd195399c96934d9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd46e0b21c2b94b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e5f6a7b2f0047b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Tech Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,122</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>