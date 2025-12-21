--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0411e698c08e4f05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c9f5df882de4e42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e5f6a7b2f0047b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6263559dcf84ef6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd46e0b21c2b94b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e5f6a7b2f0047b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304a53c96c054578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6263559dcf84ef6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Tech Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>