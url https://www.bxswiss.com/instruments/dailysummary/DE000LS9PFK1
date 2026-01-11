--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c9f5df882de4e42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f95b248e99410d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6263559dcf84ef6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a5236a1d1294c81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304a53c96c054578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6263559dcf84ef6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8ddaec46174bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a5236a1d1294c81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Tech Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,737</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>