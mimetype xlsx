--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f95b248e99410d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd3397aa7184c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a5236a1d1294c81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R548ab3d5087f49fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8ddaec46174bac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a5236a1d1294c81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41ff3b721ff84aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R548ab3d5087f49fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Tech Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>260,019</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,247</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>