--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dd3397aa7184c37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R178b5562e52248fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R548ab3d5087f49fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54518af85ba84b0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41ff3b721ff84aa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R548ab3d5087f49fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R595ac60833a7488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54518af85ba84b0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Tech Potential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>