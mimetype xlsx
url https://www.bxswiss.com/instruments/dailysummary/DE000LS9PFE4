--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1ffbdbf0abb4ad7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8db14a4a7d4dc7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d9f93a300cd42a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40d750e1165340a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb3be5712efa4557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d9f93a300cd42a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R881a574acddf4cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40d750e1165340a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendinvesting - Payment Systems</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,372</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>