--- v1 (2025-10-24)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8db14a4a7d4dc7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc800f54367ac4ea7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40d750e1165340a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76bdb751e9a14eb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R881a574acddf4cfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40d750e1165340a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e9e2587b1ca4304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76bdb751e9a14eb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendinvesting - Payment Systems</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PFE4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,569</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>