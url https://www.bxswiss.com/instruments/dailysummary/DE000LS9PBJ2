--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ded9859ea5c4520" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8dd8dccbe954ed8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2cb7d7a2344eb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d318b02d4a64f77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc635a2d19a6747d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2cb7d7a2344eb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf748daaea7749e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d318b02d4a64f77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Algopick Capital Allocators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,967</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>