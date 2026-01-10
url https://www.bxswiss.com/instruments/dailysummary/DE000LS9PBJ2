--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8dd8dccbe954ed8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2123d395152419d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d318b02d4a64f77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98054acf1b2c4fd0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf748daaea7749e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d318b02d4a64f77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9355deebbd64718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98054acf1b2c4fd0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Algopick Capital Allocators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>171,281</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>