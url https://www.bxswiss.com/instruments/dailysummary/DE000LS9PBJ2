--- v2 (2026-01-10)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2123d395152419d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref83bb0d27604ae9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98054acf1b2c4fd0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R206dc43d5b0648a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9355deebbd64718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98054acf1b2c4fd0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3221b14e23aa453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R206dc43d5b0648a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Algopick Capital Allocators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>166,147</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,907</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>