--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref83bb0d27604ae9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7827531549504fe3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R206dc43d5b0648a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R741daf334abb4c9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3221b14e23aa453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R206dc43d5b0648a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dd68cba0f8e4242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R741daf334abb4c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Algopick Capital Allocators</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,941</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>