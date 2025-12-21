--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa1bac014ee40f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d5989586844264" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05b62e834b9a4334"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4bba88de5964ec5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b9feae8b6724b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05b62e834b9a4334" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e785d8b0d74cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4bba88de5964ec5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gelassen Investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...431 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>206,744</x:t>
-[...156 lines deleted...]
-          <x:t>204,712</x:t>
+          <x:t>208,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>204,694</x:t>
-[...4 lines deleted...]
-          <x:t>205,886</x:t>
+          <x:t>205,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,181</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>