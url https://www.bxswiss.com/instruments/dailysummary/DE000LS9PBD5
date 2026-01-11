--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d5989586844264" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1591866bef94822" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4bba88de5964ec5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8000377901c44e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e785d8b0d74cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4bba88de5964ec5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb743255bd4d4a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8000377901c44e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gelassen Investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>204,462</x:t>
-[...306 lines deleted...]
-          <x:t>204,181</x:t>
+          <x:t>204,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>