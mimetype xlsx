--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1591866bef94822" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1c36473fa3c416c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8000377901c44e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R863f3425fe4c42b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb743255bd4d4a24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8000377901c44e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47fc5ec935a54969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R863f3425fe4c42b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gelassen Investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>210,369</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>