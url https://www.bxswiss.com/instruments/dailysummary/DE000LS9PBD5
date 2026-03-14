--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1c36473fa3c416c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbd388eeb1ca408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R863f3425fe4c42b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c59d08119444c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47fc5ec935a54969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R863f3425fe4c42b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88bb3c3fa35e43b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c59d08119444c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gelassen Investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>