--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf12f5237a9124372" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c524bb090c44b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc80d0fa38294444a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f25dd66e3de43b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ce2ee43ad034bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc80d0fa38294444a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598517269af843ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f25dd66e3de43b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TraderFox Fish Farmer Top-5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,530</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>86,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,576</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>