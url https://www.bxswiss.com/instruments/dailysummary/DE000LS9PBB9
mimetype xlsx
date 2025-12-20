--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31c524bb090c44b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6c3eb52a4444fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f25dd66e3de43b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad230d88d1f4d7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598517269af843ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f25dd66e3de43b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re443eb83c9f24669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad230d88d1f4d7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TraderFox Fish Farmer Top-5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>89,435</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,216</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>