--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6c3eb52a4444fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc864ab72814478" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ad230d88d1f4d7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R857bace3aa4e4bf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re443eb83c9f24669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ad230d88d1f4d7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R089fdec868d047d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R857bace3aa4e4bf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TraderFox Fish Farmer Top-5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>