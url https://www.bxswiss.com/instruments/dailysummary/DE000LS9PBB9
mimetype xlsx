--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcc864ab72814478" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb56f1f82f7d4116" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R857bace3aa4e4bf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f629186a0e4089"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R089fdec868d047d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R857bace3aa4e4bf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2fa595f0c6461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f629186a0e4089" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TraderFox Fish Farmer Top-5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,719</x:t>
-[...36 lines deleted...]
-          <x:t>87,263</x:t>
+          <x:t>88,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>