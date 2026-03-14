--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb56f1f82f7d4116" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R515cfe3825054610" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7f629186a0e4089"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R793f87f65c3847bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2fa595f0c6461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7f629186a0e4089" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80d2c3d80cc54f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R793f87f65c3847bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TraderFox Fish Farmer Top-5</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,124</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,711</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>