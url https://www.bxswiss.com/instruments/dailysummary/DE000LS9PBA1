--- v0 (2025-10-04)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree853894d491405e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe0b5e792c742c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66864127edaa486d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b48604754d4c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b2198610724606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66864127edaa486d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fbac8b879ea4753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b48604754d4c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte mit Zukunftspotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>256,102</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,534</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>