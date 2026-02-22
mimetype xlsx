--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refe0b5e792c742c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R360493349591472a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b48604754d4c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce673b19e2db4e75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2fbac8b879ea4753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b48604754d4c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6dc5590411c40df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce673b19e2db4e75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte mit Zukunftspotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>233,534</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>