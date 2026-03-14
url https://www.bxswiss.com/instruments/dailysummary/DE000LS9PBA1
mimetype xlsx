--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R360493349591472a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618f7534acbb4203" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce673b19e2db4e75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79f7242ca5a34c87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6dc5590411c40df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce673b19e2db4e75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb448b01f04f4252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79f7242ca5a34c87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte mit Zukunftspotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PBA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>