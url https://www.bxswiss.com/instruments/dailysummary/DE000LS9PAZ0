--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf629982f551844fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63300b406386464f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ed1d204bbe8439c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b6c350750d147e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re626f8fbb1dd4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ed1d204bbe8439c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710b587f78f54017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b6c350750d147e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn-Aktien für die Ewigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>193,692</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,497</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>198,097</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>