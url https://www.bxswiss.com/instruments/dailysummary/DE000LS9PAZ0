--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63300b406386464f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f19888f398d4348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b6c350750d147e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2194903057b64c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710b587f78f54017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b6c350750d147e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d18282edad49a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2194903057b64c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn-Aktien für die Ewigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>199,661</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>