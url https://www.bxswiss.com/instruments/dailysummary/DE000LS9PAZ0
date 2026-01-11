--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f19888f398d4348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc17b117409455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2194903057b64c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8deb6b44ef7e4f04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d18282edad49a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2194903057b64c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41071ad502654401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8deb6b44ef7e4f04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn-Aktien für die Ewigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,430</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...428 lines deleted...]
-          <x:t>207,131</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>204,881</x:t>
-[...139 lines deleted...]
-          <x:t>205,095</x:t>
+          <x:t>204,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,108</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>