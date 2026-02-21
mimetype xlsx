--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dc17b117409455f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad368e5a8519495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8deb6b44ef7e4f04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rede03dcd07af4917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41071ad502654401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8deb6b44ef7e4f04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa7d61e8905c4f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rede03dcd07af4917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn-Aktien für die Ewigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>209,108</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>