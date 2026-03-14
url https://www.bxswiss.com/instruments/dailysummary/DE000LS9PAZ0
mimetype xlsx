--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad368e5a8519495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36817d065cc04e2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rede03dcd07af4917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b6bdca1c134bf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa7d61e8905c4f4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rede03dcd07af4917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra735e3760dd5470f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b6bdca1c134bf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LaWeTrAn-Aktien für die Ewigkeit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>