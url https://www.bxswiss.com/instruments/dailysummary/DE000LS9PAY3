--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03c19358c4db4652" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R838a33b1fa404d29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12ebca2ba2604605"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb4c6c1e3fbc4704"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra94ef2437dcb4315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12ebca2ba2604605" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99d75ad0df624e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb4c6c1e3fbc4704" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global investieren mit System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>84,553</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,783</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,584</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>