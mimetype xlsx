--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R838a33b1fa404d29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb22f35fb484a72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb4c6c1e3fbc4704"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R478679be5bf84fa6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99d75ad0df624e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb4c6c1e3fbc4704" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0e4c58deb7a4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R478679be5bf84fa6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global investieren mit System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>81,265</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>