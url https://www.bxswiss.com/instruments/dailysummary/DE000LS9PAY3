--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbb22f35fb484a72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51e58d195cbf42fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R478679be5bf84fa6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6ed8866f0c34e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0e4c58deb7a4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R478679be5bf84fa6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8ab0320fae94c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6ed8866f0c34e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global investieren mit System</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,746</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>