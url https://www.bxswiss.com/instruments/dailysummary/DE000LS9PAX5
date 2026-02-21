--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c11a4e097cf454e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde359ea3580b474f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R400c876a9c924cfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4181c799dcff4205"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4b145ad26e94fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R400c876a9c924cfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R272b4972a90d4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4181c799dcff4205" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SaaS Cloud Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>113,223</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>