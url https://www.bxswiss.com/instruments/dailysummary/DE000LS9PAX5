--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde359ea3580b474f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326e56b11d964d2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4181c799dcff4205"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bca286b6ffc4d84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R272b4972a90d4902" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4181c799dcff4205" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00c5cae4e4d047ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bca286b6ffc4d84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SaaS Cloud Software</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAX5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>