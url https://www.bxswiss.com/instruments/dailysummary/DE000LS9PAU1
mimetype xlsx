--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dbbd916be4e4dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f8a5fda5d8442d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0eeb5cc8f1c461a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ca1b96b363452b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c88ebd6398f4e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0eeb5cc8f1c461a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfadecda82aff4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ca1b96b363452b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Science Fiction Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>265,879</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>