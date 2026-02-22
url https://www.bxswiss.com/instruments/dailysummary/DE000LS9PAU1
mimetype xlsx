--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f8a5fda5d8442d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a7c01ad2eb4ed8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ca1b96b363452b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3396e36056944bec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfadecda82aff4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ca1b96b363452b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc91bb85bfcbf4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3396e36056944bec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Science Fiction Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,626 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>282,095</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>