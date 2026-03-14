--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a7c01ad2eb4ed8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refa2ca0f174a40c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3396e36056944bec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2eb60eaa216146bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc91bb85bfcbf4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3396e36056944bec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbe56f15ddfd45d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2eb60eaa216146bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Science Fiction Technologien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAU1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,408 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...356 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,412</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>