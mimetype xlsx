--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R053d2043ec494e67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R948fb1a98f814fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref14014265594e30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8948631cfdfa4915"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf9f31432ea9468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref14014265594e30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7eda787bef04aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8948631cfdfa4915" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voll im Trend - Trendaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>86,542</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,141</x:t>
-[...173 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,190</x:t>
-[...318 lines deleted...]
-          <x:t>85,915</x:t>
+          <x:t>86,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,808</x:t>
-[...112 lines deleted...]
-          <x:t>86,570</x:t>
+          <x:t>85,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,032</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>