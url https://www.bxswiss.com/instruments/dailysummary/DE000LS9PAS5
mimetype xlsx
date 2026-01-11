--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R948fb1a98f814fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90374fc5a8e14766" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8948631cfdfa4915"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50901bd6487943d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7eda787bef04aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8948631cfdfa4915" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffb03f0ea09447e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50901bd6487943d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voll im Trend - Trendaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>86,103</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,156</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>86,375</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,269</x:t>
-[...431 lines deleted...]
-          <x:t>86,032</x:t>
+          <x:t>85,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>