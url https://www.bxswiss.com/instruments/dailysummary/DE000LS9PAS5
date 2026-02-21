--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90374fc5a8e14766" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7fe02501fd043a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50901bd6487943d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf00146b3ac46472c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffb03f0ea09447e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50901bd6487943d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ddb2b0d1f244d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf00146b3ac46472c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Voll im Trend - Trendaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAS5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>86,406</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,353</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>