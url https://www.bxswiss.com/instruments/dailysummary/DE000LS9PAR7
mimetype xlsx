--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R272c19dd2cd14360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re61d08ca1d214aa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8859cd674b91448a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1a0b262ce0f4537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7461bc86be44d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8859cd674b91448a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56ea9de0c3914bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1a0b262ce0f4537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KISS - Keep It Simple Stupid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>164,286</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,603</x:t>
-[...242 lines deleted...]
-          <x:t>165,375</x:t>
+          <x:t>163,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>