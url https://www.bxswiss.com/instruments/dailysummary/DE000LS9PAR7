--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re61d08ca1d214aa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6866f3951fc14065" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1a0b262ce0f4537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra62d567f44e04dbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56ea9de0c3914bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1a0b262ce0f4537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redfbe0caccb14a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra62d567f44e04dbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KISS - Keep It Simple Stupid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,280</x:t>
-[...630 lines deleted...]
-          <x:t>168,178</x:t>
+          <x:t>163,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>