--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6866f3951fc14065" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde5a4ff52cda413b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra62d567f44e04dbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32c0c61713754a5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redfbe0caccb14a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra62d567f44e04dbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7994f48ca6a4924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32c0c61713754a5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KISS - Keep It Simple Stupid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,107</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>