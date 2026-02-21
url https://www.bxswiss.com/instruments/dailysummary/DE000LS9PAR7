--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde5a4ff52cda413b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec5407039924bd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32c0c61713754a5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dbec2b9d09441a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7994f48ca6a4924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32c0c61713754a5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42a5a503fd3344af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dbec2b9d09441a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KISS - Keep It Simple Stupid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>165,653</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,996</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>