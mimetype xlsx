--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcec5407039924bd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b8feac36fd4473c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dbec2b9d09441a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc2f758e726a43f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42a5a503fd3344af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dbec2b9d09441a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc83a1fa1c24b42a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc2f758e726a43f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KISS - Keep It Simple Stupid</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAR7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,372</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>