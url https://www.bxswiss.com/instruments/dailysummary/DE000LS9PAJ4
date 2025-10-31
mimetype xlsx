--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc83570a632094f79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ead603d5c814563" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77225590eac44ccc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57dd4a8e22104fda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dd1749682654908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77225590eac44ccc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf38a0f3f3484f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57dd4a8e22104fda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LangfristigUnternehmerischDenken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,230</x:t>
-[...85 lines deleted...]
-          <x:t>105,182</x:t>
+          <x:t>107,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,247</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>106,091</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>