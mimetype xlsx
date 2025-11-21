--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ead603d5c814563" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7faa85f7f714cce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57dd4a8e22104fda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R588dbada1ff14738"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf38a0f3f3484f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57dd4a8e22104fda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5625df8a32c4484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R588dbada1ff14738" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LangfristigUnternehmerischDenken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>105,549</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,181</x:t>
-[...156 lines deleted...]
-          <x:t>106,604</x:t>
+          <x:t>106,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,453</x:t>
-[...458 lines deleted...]
-          <x:t>107,803</x:t>
+          <x:t>104,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>