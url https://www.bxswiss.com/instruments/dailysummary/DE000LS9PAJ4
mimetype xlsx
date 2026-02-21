--- v2 (2025-11-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7faa85f7f714cce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb9a34e3ad34bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R588dbada1ff14738"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd7a639f6590455a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5625df8a32c4484" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R588dbada1ff14738" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8916c4f481c49bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd7a639f6590455a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LangfristigUnternehmerischDenken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...473 lines deleted...]
-          <x:t>110,306</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,753</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>110,136</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,211</x:t>
-[...134 lines deleted...]
-          <x:t>106,672</x:t>
+          <x:t>112,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>