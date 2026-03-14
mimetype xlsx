--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb9a34e3ad34bf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc16a605289584aaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd7a639f6590455a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a4721f122c24aef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8916c4f481c49bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd7a639f6590455a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fc71b7558da4bbc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a4721f122c24aef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LangfristigUnternehmerischDenken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,813</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...369 lines deleted...]
-          <x:t>18.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,134</x:t>
-[...63 lines deleted...]
-          <x:t>113,110</x:t>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>