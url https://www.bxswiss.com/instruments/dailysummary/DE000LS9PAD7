--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24e1016308a64c1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371dd0abb1964759" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd456d9e66ce0473d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R637e9f20e486473a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9e102b9dcde49b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd456d9e66ce0473d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7da19742916c4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R637e9f20e486473a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ideas and Solutions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>87,120</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,006</x:t>
-[...166 lines deleted...]
-          <x:t>88,489</x:t>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>