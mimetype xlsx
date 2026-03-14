--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371dd0abb1964759" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7370e0a490584808" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R637e9f20e486473a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3e1c69313ba4cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7da19742916c4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R637e9f20e486473a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R445858777fae4529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3e1c69313ba4cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Ideas and Solutions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>87,591</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...305 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,894</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,478</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,327</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>