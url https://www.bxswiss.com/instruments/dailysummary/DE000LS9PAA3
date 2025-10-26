--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R090a2bc0e1b3437f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a6871df1024fc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19fe9f76458f414a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re75f918b586b4b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R544503bd5815405b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19fe9f76458f414a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R988ceafa893e497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re75f918b586b4b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H-DAX-WERTE-HUNTER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>