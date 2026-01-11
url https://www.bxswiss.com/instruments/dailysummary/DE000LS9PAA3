--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a6871df1024fc5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ffe30e590ec460c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re75f918b586b4b9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redb4f92991e142e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R988ceafa893e497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re75f918b586b4b9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca2b7c1156145a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redb4f92991e142e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H-DAX-WERTE-HUNTER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>73,240</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>