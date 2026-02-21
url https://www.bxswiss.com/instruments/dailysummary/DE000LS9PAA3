--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ffe30e590ec460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43b683c776bb425d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redb4f92991e142e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf13a85cfd05b4f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca2b7c1156145a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redb4f92991e142e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d54b7d86e64d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf13a85cfd05b4f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H-DAX-WERTE-HUNTER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>78,605</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,460</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>88,606</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>