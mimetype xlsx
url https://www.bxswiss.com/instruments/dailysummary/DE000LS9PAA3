--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43b683c776bb425d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dc4923c2b8347c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf13a85cfd05b4f16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcde58ec01eca4ac3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d54b7d86e64d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf13a85cfd05b4f16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1463e4e2274b4fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcde58ec01eca4ac3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>H-DAX-WERTE-HUNTER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9PAA3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>84,793</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,064</x:t>
-[...355 lines deleted...]
-          <x:t>74,678</x:t>
+          <x:t>82,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>