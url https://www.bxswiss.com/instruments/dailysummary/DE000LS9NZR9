--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf59cc37449df4c89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R000245fa923b4e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a0bff75c65a4d9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274cec8a3c8f4191"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59c7379d5f4a41b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a0bff75c65a4d9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89e4149ad920404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274cec8a3c8f4191" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAST-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>71,880</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,867</x:t>
-[...222 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>72,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,977</x:t>
-[...124 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>74,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,322</x:t>
-[...36 lines deleted...]
-          <x:t>73,141</x:t>
+          <x:t>73,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>