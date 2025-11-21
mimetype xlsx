--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R000245fa923b4e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb2ce9d2b6694222" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274cec8a3c8f4191"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45561002036e4335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89e4149ad920404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274cec8a3c8f4191" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9b937527da8468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45561002036e4335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAST-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,322</x:t>
-[...386 lines deleted...]
-        <x:is>
           <x:t>73,098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,317</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>