--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb2ce9d2b6694222" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89ff80d9a0d54551" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45561002036e4335"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc55ddf70568b48d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9b937527da8468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45561002036e4335" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R459e2adab6924787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc55ddf70568b48d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAST-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...554 lines deleted...]
-          <x:t>72,856</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>71,169</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,076</x:t>
-[...31 lines deleted...]
-          <x:t>71,266</x:t>
+          <x:t>72,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>