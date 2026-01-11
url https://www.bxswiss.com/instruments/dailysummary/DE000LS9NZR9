--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89ff80d9a0d54551" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f1168b4d8a24af8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc55ddf70568b48d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb48f19cf056b46e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R459e2adab6924787" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc55ddf70568b48d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102778563daa4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb48f19cf056b46e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAST-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>71,169</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,076</x:t>
-[...408 lines deleted...]
-        <x:is>
           <x:t>72,843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,262</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>