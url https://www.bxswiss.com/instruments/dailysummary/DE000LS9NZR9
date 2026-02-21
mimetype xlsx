--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f1168b4d8a24af8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704f9ca076334270" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb48f19cf056b46e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e71a74edc704a11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102778563daa4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb48f19cf056b46e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114443b4b002430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e71a74edc704a11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAST-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>69,987</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>