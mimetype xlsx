--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R704f9ca076334270" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54d05b2179784d21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e71a74edc704a11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a753f0617fe415a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R114443b4b002430f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e71a74edc704a11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f3c6211ff5f4acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a753f0617fe415a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FAST-GROWER</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZR9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,626</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>