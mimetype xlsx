--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80ebfeaa37f943ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98d0526e8454345" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77b072adf44f49f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e1f6a683ac4a58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54a5cfe90068410a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77b072adf44f49f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fe273425dfa4048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e1f6a683ac4a58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeit Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>187,719</x:t>
-[...278 lines deleted...]
-        <x:is>
           <x:t>188,297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,392</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>