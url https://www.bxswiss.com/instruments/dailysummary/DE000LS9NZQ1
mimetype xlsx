--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98d0526e8454345" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb851ffb77ae44feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e1f6a683ac4a58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb62f5c6f72734033"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fe273425dfa4048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e1f6a683ac4a58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0726544f2d984a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb62f5c6f72734033" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeit Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,282</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>