--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb851ffb77ae44feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16492e5ac6874230" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb62f5c6f72734033"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb12643f483744647"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0726544f2d984a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb62f5c6f72734033" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde2f55ee07b549ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb12643f483744647" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeit Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>193,645</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>