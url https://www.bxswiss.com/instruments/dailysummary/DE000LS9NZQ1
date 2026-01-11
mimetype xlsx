--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16492e5ac6874230" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaef7e713f4142ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb12643f483744647"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19e550b6d1164726"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde2f55ee07b549ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb12643f483744647" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8922bd99f3a64f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19e550b6d1164726" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeit Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>