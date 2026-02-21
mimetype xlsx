--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaef7e713f4142ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f480988beea4a9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19e550b6d1164726"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fd90b1ab87e4165"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8922bd99f3a64f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19e550b6d1164726" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69c70c32eb264b51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fd90b1ab87e4165" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeit Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>195,335</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,284</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>