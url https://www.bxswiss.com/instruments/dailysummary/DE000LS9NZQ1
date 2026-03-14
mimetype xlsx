--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f480988beea4a9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff2f499f4faf4bb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fd90b1ab87e4165"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9e289544a9f4d36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69c70c32eb264b51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fd90b1ab87e4165" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3794bea435e147f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9e289544a9f4d36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langzeit Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZQ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>