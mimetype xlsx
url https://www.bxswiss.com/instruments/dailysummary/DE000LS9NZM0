--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec01a0df61074a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd82413edf3f54575" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca1395d0a6794cca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7343a682ae2444a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27cc2240fd004fa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca1395d0a6794cca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R023a754d36d34554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7343a682ae2444a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Ruestungswerte Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,934</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>