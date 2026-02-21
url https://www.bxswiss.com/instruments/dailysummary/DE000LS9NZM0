--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd82413edf3f54575" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc191bd87d660405b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7343a682ae2444a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R757cddb1e0504c5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R023a754d36d34554" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7343a682ae2444a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4be0a7e89d24094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R757cddb1e0504c5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Ruestungswerte Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>233,934</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>