--- v2 (2026-02-21)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc191bd87d660405b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eb2fc273fb54d45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R757cddb1e0504c5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4ceec3c83a2437c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4be0a7e89d24094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R757cddb1e0504c5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd135b71483734db6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4ceec3c83a2437c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Ruestungswerte Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>227,233</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,721</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>233,920</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>