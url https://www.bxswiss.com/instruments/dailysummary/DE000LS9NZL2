--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra23601479eef4a08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b16cd290bbd4bc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5abfb8211b464fe2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1412f8a1c4c14bcb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f148c4d6a1410e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5abfb8211b464fe2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84293261a7e54626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1412f8a1c4c14bcb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Income vs. High Risk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,134</x:t>
-[...522 lines deleted...]
-          <x:t>159,448</x:t>
+          <x:t>156,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>