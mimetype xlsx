--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b16cd290bbd4bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd28d4949fe44266" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1412f8a1c4c14bcb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09201d533c434823"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84293261a7e54626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1412f8a1c4c14bcb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref3ea0fde969425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09201d533c434823" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Income vs. High Risk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>156,296</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>