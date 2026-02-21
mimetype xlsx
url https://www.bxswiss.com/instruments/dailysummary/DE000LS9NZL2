--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd28d4949fe44266" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc534f6370213408b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09201d533c434823"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1538d5d031a6425c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref3ea0fde969425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09201d533c434823" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R693b606718ca4cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1538d5d031a6425c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Income vs. High Risk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>167,624</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,679</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>