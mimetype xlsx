--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc534f6370213408b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1726db89c7614b9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1538d5d031a6425c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R901b7796b0fc448e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R693b606718ca4cd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1538d5d031a6425c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91aef908c40c4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R901b7796b0fc448e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Income vs. High Risk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>168,204</x:t>
-[...549 lines deleted...]
-          <x:t>166,679</x:t>
+          <x:t>166,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>