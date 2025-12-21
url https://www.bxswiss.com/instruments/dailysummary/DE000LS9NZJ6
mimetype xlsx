--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f59bb3df29b49e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a9fddefa3f4e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R650eeafeacdc4892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4439910f5e0e4be6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb4371c1071f4f93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R650eeafeacdc4892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0baa2012403543b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4439910f5e0e4be6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kurssignale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...603 lines deleted...]
-          <x:t>125,526</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>125,183</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...19 lines deleted...]
-          <x:t>125,366</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>