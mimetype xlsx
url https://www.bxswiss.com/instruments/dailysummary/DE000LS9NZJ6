--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a9fddefa3f4e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27bcd83b2c0747b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4439910f5e0e4be6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c50ab6627404574"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0baa2012403543b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4439910f5e0e4be6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e3b736df034210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c50ab6627404574" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kurssignale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>