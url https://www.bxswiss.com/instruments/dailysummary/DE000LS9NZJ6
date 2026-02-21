--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27bcd83b2c0747b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71be4e30a26c49d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c50ab6627404574"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfd55f08bba34388"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87e3b736df034210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c50ab6627404574" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1837cfed7bb43cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfd55f08bba34388" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kurssignale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>126,092</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>