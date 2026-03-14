--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71be4e30a26c49d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R932adf8ce9cb4a63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfd55f08bba34388"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83ee77693a394f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1837cfed7bb43cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfd55f08bba34388" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64a120181d3b4729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83ee77693a394f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kurssignale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,270</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>120,644</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,232</x:t>
-[...112 lines deleted...]
-          <x:t>120,854</x:t>
+          <x:t>119,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>