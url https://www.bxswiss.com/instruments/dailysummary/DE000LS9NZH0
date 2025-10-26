--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1326294080f54af3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565046292a144b75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbabfb8b85d24f04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d83e991c82540af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42a17403bc504b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbabfb8b85d24f04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db2091036b24b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d83e991c82540af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Sector</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,308</x:t>
-[...80 lines deleted...]
-          <x:t>31,416</x:t>
+          <x:t>31,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,584</x:t>
-[...237 lines deleted...]
-          <x:t>30,577</x:t>
+          <x:t>30,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,772</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>31,799</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,699</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>