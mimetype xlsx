--- v1 (2025-10-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R565046292a144b75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c518cc933144f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d83e991c82540af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a5ac31eb794c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db2091036b24b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d83e991c82540af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00255e0a672749f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a5ac31eb794c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Sector</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>30,699</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>