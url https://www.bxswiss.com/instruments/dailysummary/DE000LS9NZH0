--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c518cc933144f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94464f0e5b4a4d59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a5ac31eb794c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33170d397ae642a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00255e0a672749f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a5ac31eb794c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde89dbb6749345be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33170d397ae642a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Sector</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>28,532</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,571</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>28,388</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>