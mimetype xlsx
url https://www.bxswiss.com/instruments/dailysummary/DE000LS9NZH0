--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94464f0e5b4a4d59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee6a910991a47ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33170d397ae642a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d13953b6bec41fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde89dbb6749345be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33170d397ae642a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f90084cde3d4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d13953b6bec41fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Sector</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>28,585</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>