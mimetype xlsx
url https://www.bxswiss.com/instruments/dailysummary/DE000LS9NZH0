--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee6a910991a47ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R198047a0933f4f36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d13953b6bec41fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R463d503d810644e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f90084cde3d4aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d13953b6bec41fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra43169c4c0774cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R463d503d810644e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Sector</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZH0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>