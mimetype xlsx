--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9c09dfcfab5480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5376d8aaa3a04a8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ae2b03d0c2d480b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd417fba314434137"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7773d35aee4c4349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ae2b03d0c2d480b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01d4a878a6f49bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd417fba314434137" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI FRANCE SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>