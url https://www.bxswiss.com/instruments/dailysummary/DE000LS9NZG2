--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5376d8aaa3a04a8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fc18d5207db40bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd417fba314434137"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00c40537e0148d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb01d4a878a6f49bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd417fba314434137" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85ce630ccc564e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00c40537e0148d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI FRANCE SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>