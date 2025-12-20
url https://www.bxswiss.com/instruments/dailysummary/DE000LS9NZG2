--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fc18d5207db40bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c7a25781c846db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00c40537e0148d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra864e31b194d4d2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85ce630ccc564e75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00c40537e0148d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09292b64fae34cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra864e31b194d4d2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI FRANCE SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...419 lines deleted...]
-          <x:t>161,487</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,462</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>165,237</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>