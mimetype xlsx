--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c7a25781c846db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cf65a6719184502" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra864e31b194d4d2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810153ba18f54c2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09292b64fae34cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra864e31b194d4d2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fedafd193d846d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810153ba18f54c2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI FRANCE SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>