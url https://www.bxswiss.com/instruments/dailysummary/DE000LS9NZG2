--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cf65a6719184502" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf149c67a7cf4ab4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R810153ba18f54c2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree2d8227f01f4d4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fedafd193d846d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R810153ba18f54c2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5732461b67d04720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree2d8227f01f4d4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI FRANCE SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>173,703</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>