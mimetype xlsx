--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf149c67a7cf4ab4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30f617f1768545f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree2d8227f01f4d4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6420d3ae962b49b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5732461b67d04720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree2d8227f01f4d4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0658ff55509943dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6420d3ae962b49b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ROI FRANCE SELECT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZG2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,366</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>