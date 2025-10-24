--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6193d1116a64564" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864c5b19fad74a0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd61400da22c4010"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re364608f9cdc4174"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0208d9b20874c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd61400da22c4010" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f7e7832bf04482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re364608f9cdc4174" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modifizierte Momentumstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>84,420</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,229</x:t>
-[...178 lines deleted...]
-          <x:t>84,265</x:t>
+          <x:t>84,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,152</x:t>
-[...134 lines deleted...]
-          <x:t>84,236</x:t>
+          <x:t>84,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,324</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>84,245</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,351</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>84,423</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>