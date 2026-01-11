--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864c5b19fad74a0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R698488edbe2c4355" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re364608f9cdc4174"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd3c60492933421e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70f7e7832bf04482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re364608f9cdc4174" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4808f894174508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd3c60492933421e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modifizierte Momentumstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>84,137</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,992</x:t>
-        </x:is>
-[...327 lines deleted...]
-          <x:t>83,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>