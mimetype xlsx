--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R698488edbe2c4355" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb2c9c3c35b34c31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd3c60492933421e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83c5bd5490c24e3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d4808f894174508" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd3c60492933421e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf595b9b4d0fd4683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83c5bd5490c24e3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modifizierte Momentumstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>83,930</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,916</x:t>
-[...53 lines deleted...]
-          <x:t>83,992</x:t>
+          <x:t>83,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>