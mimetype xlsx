--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb2c9c3c35b34c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66993666009c44a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83c5bd5490c24e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8cd7fe46d4ef4a45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf595b9b4d0fd4683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83c5bd5490c24e3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re99208647c80404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8cd7fe46d4ef4a45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modifizierte Momentumstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NZB3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>