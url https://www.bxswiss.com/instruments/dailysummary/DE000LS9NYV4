--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218e6831adad48b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60981f3562b645ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc529188f2c24931"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re758315b89bd4474"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9439b4961b8455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc529188f2c24931" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R251a268d23194961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re758315b89bd4474" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Momentum International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,276</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>