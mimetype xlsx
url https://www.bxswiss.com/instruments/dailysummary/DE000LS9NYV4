--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60981f3562b645ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6c7fdbbfb4a4c16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re758315b89bd4474"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75643122fdaa40e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R251a268d23194961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re758315b89bd4474" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dcf8e92b14848de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75643122fdaa40e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Momentum International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>228,509</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,351</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>236,865</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>