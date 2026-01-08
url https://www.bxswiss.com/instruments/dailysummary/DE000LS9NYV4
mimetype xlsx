--- v2 (2025-11-21)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6c7fdbbfb4a4c16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0c9891c304549b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75643122fdaa40e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29ef0879fc9d486c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dcf8e92b14848de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75643122fdaa40e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3cced438feb427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29ef0879fc9d486c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Momentum International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>221,898</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>