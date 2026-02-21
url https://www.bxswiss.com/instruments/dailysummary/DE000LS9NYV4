--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0c9891c304549b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc88b0cd1d56646de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29ef0879fc9d486c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e4e8c2b70bd426e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3cced438feb427a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29ef0879fc9d486c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05a0b29ab9c4025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e4e8c2b70bd426e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Momentum International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>226,046</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>