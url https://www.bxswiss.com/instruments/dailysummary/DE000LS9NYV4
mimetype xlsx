--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc88b0cd1d56646de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02cf079ca57c4c96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e4e8c2b70bd426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d229cc1170340b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd05a0b29ab9c4025" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e4e8c2b70bd426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5d8ed390d3c45cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d229cc1170340b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Momentum International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>