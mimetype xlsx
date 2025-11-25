--- v0 (2025-10-05)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba230996a75648a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd828fa1ef1fb4098" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4273f6428ee54c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd54e0484ed04e2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R111aa47d2e4e4396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4273f6428ee54c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ee37d2c753e4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd54e0484ed04e2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft in der Gegenwart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>94,396</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>