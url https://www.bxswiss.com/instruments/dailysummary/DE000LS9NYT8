--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd828fa1ef1fb4098" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99fa6bcd5da44b72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd54e0484ed04e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d51ae269a1d423a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ee37d2c753e4832" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd54e0484ed04e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea90627477c440c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d51ae269a1d423a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft in der Gegenwart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>86,730</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>