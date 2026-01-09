--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99fa6bcd5da44b72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re277c41a7a9347af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d51ae269a1d423a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a26f41a528843b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea90627477c440c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d51ae269a1d423a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb18ef98f83984b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a26f41a528843b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft in der Gegenwart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,168</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>