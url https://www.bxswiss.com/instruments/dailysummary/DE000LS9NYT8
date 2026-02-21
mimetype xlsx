--- v3 (2026-01-09)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re277c41a7a9347af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc6c98a8dcad47d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a26f41a528843b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R604203332f7249dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb18ef98f83984b1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a26f41a528843b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eebe668c0044512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R604203332f7249dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft in der Gegenwart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>93,238</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>