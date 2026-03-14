--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc6c98a8dcad47d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71fa8d73b7d343c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R604203332f7249dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R201a21a5f36b4363"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eebe668c0044512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R604203332f7249dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a28715b46b34085" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R201a21a5f36b4363" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft in der Gegenwart</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>88,459</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>