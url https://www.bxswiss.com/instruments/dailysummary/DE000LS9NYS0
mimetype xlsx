--- v0 (2025-10-24)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re784b617b66342a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3cccc37d5c24db4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42be7f77a4d04c1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e6ef612608453a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71c8efee88bb4209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42be7f77a4d04c1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccfcd02c2d6f4f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e6ef612608453a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schildkroeten Invest. Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>95,578</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>