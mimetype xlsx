--- v1 (2026-01-08)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3cccc37d5c24db4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87bef719e3254cd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e6ef612608453a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R367c9848f1c944da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccfcd02c2d6f4f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e6ef612608453a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89207bc5a1b64b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R367c9848f1c944da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Schildkroeten Invest. Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>108,733</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>