--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd26c4eaa52a147d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94f1337b95a04df9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1237ce62fd024938"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f837e59116b49ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e51e917f60d4434" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1237ce62fd024938" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbddb7284c44d4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f837e59116b49ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte mit Gewinnchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,257</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>