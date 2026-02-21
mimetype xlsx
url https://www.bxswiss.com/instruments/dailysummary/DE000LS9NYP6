--- v1 (2025-10-31)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94f1337b95a04df9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a0076c3f9fe417f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f837e59116b49ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1e6d022f9dd4c79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbddb7284c44d4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f837e59116b49ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e448e1746f94928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1e6d022f9dd4c79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte mit Gewinnchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>159,825</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>