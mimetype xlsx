--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a0076c3f9fe417f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re46712ebd3974cc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1e6d022f9dd4c79"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8f99aa3284d4917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e448e1746f94928" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1e6d022f9dd4c79" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c7d61861f074930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8f99aa3284d4917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Werte mit Gewinnchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>