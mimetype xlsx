--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R776ea654a6db49ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e20ca453284625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79d5e1952a184f1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fe48fd315e64a2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88124f525a124685" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79d5e1952a184f1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b1aeac784fe4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fe48fd315e64a2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Dauerbrenner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,680</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,798</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>