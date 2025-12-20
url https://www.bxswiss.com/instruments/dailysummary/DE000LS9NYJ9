--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e20ca453284625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3e234e85e354fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fe48fd315e64a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3caf77f73dbb4c99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b1aeac784fe4aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fe48fd315e64a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4dbef9dc734d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3caf77f73dbb4c99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Dauerbrenner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>147,798</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,976</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>