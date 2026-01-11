--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3e234e85e354fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84ba9f91327f4ab4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3caf77f73dbb4c99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R859c45ff7a2b47e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e4dbef9dc734d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3caf77f73dbb4c99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486efa132a63463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R859c45ff7a2b47e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Dauerbrenner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>