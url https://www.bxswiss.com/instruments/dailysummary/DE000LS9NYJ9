--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84ba9f91327f4ab4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a32bc507b324c01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R859c45ff7a2b47e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd24dbeb8eaf4d63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486efa132a63463e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R859c45ff7a2b47e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbddc16d3536149ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd24dbeb8eaf4d63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Dauerbrenner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>142,982</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>