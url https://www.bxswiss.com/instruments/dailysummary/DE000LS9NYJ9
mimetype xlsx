--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a32bc507b324c01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9fab724e6314970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd24dbeb8eaf4d63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97f79c4201734148"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbddc16d3536149ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd24dbeb8eaf4d63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd38178e1b023496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97f79c4201734148" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien-Dauerbrenner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,271</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>