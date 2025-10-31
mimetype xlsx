--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd214bc4cf1b54601" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f49a029c448448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaa128d862464f53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc741f1167804af0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafaacc1d2e884c97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaa128d862464f53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd18870b0f41f4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc741f1167804af0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke Aktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,302</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>