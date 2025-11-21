--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f49a029c448448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b6d626ef3e4a2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc741f1167804af0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9908c00e8d254767"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd18870b0f41f4688" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc741f1167804af0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6cfec7c2f484e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9908c00e8d254767" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke Aktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,056</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>