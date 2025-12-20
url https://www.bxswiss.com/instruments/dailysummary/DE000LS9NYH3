--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84b6d626ef3e4a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5413e3222734cc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9908c00e8d254767"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e0c092f0afe4352"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6cfec7c2f484e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9908c00e8d254767" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc7dbe1e1e6642a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e0c092f0afe4352" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke Aktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>