--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5413e3222734cc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f2e15eb05c4af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e0c092f0afe4352"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cc6b0a328354cdb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc7dbe1e1e6642a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e0c092f0afe4352" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe8a1a30ad6d479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cc6b0a328354cdb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke Aktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>339,814</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,723</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...386 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>