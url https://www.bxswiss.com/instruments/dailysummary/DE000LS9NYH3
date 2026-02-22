--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f2e15eb05c4af5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0901c7ef90ce4938" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cc6b0a328354cdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b65c9c5963a4958"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe8a1a30ad6d479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cc6b0a328354cdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1701842b2124ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b65c9c5963a4958" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke Aktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>382,140</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>