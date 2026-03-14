--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0901c7ef90ce4938" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4f3b39aada4306" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b65c9c5963a4958"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce742708b32846f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1701842b2124ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b65c9c5963a4958" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38467a16e293483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce742708b32846f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke Aktien mit Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,642</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>