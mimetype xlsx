--- v0 (2025-10-04)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref1cbf7d35344d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b3a42154e704916" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8c9cab964db47f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40135729921d4dd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a57d80a690b4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8c9cab964db47f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd61a3361981f4d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40135729921d4dd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>oachkatzl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>161,393</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>