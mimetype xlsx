--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c64d3c9ea7a4f35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ef7df49d9bf4bc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1c752348b86455e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c210b4a6aac4126"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7002f688e6644fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1c752348b86455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8a77499a29f4268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c210b4a6aac4126" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JA - Aktien Langfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,443</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>