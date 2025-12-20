--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ef7df49d9bf4bc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e516a945b349b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c210b4a6aac4126"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aac8a3f5bed418e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8a77499a29f4268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c210b4a6aac4126" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e102b22e9b4017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aac8a3f5bed418e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JA - Aktien Langfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,481</x:t>
-[...21 lines deleted...]
-          <x:t>146,186</x:t>
+          <x:t>146,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,084</x:t>
-[...404 lines deleted...]
-          <x:t>147,036</x:t>
+          <x:t>147,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,314</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>147,770</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,903</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>147,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>