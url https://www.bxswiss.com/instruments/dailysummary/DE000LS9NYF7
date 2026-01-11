--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e516a945b349b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96fc298c72014c77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aac8a3f5bed418e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5428f333c91f4527"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21e102b22e9b4017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aac8a3f5bed418e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57ba86221c5847f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5428f333c91f4527" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JA - Aktien Langfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>