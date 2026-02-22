--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96fc298c72014c77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d7651135e6442fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5428f333c91f4527"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f96ca7a497e435a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57ba86221c5847f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5428f333c91f4527" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8c444f54b54479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f96ca7a497e435a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JA - Aktien Langfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>150,791</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>