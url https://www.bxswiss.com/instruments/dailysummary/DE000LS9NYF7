--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d7651135e6442fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recac8084a768422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f96ca7a497e435a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b5ed87baf7d4ad8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8c444f54b54479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f96ca7a497e435a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1147d9c267584b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b5ed87baf7d4ad8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JA - Aktien Langfristig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>