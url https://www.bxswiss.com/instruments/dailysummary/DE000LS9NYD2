--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e98e2ec1db84349" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b85088131014dd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b0eb8f04ac3405c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf165e688fddc4402"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f1b2661e2744544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b0eb8f04ac3405c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa759dd95054c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf165e688fddc4402" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small fast Dachs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>126,375</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,351</x:t>
-[...192 lines deleted...]
-        <x:is>
           <x:t>126,614</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,880</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>