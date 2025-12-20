--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b85088131014dd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06c87a79c404875" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf165e688fddc4402"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf02f8335a18e4e07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa759dd95054c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf165e688fddc4402" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d490ed8d6f6470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf02f8335a18e4e07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small fast Dachs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>130,459</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>