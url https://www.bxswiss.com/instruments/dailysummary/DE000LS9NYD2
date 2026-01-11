--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re06c87a79c404875" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5707a8a808744d88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf02f8335a18e4e07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05aba7e3780a4b46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d490ed8d6f6470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf02f8335a18e4e07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d2a825f92824ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05aba7e3780a4b46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small fast Dachs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>