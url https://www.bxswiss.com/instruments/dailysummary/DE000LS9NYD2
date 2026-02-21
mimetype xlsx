--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5707a8a808744d88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b0ebf31ccf4fcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05aba7e3780a4b46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1f353dd9c1d4f7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d2a825f92824ca9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05aba7e3780a4b46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0ef80ec1a9a4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1f353dd9c1d4f7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small fast Dachs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>134,635</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>