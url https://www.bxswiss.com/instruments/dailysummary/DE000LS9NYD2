--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27b0ebf31ccf4fcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33a8ff0a9e0d4ee4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1f353dd9c1d4f7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d996e1da3c94bdf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0ef80ec1a9a4f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1f353dd9c1d4f7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41236953ed99447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d996e1da3c94bdf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Small fast Dachs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9NYD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>140,422</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>140,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,958</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,779</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>